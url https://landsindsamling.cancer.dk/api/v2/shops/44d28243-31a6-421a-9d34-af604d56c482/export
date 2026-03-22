--- v0 (2025-12-15)
+++ v1 (2026-03-22)
@@ -12,65 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <t>Høje-Taastrup</t>
   </si>
   <si>
     <t>Indsamler</t>
   </si>
   <si>
     <t>Beløb i kr</t>
   </si>
   <si>
     <t>Antal transaktioner</t>
   </si>
   <si>
     <t>Samlet</t>
+  </si>
+  <si>
+    <t>jz83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -374,83 +377,94 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C3"/>
+  <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="C3">
-        <v>0</v>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4">
+        <v>10</v>
+      </c>
+      <c r="C4">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">